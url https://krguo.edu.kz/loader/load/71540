--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -1,23098 +1,9839 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="00A0F266" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRDefault="007B07EA" w:rsidP="007B07EA">
+    <w:p w14:paraId="2725801B" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="007F5889" w:rsidP="0098423F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="12049"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk179810344"/>
-[...5 lines deleted...]
-        <w:ind w:firstLine="12049"/>
+      <w:r w:rsidRPr="009A4D38">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A71A62">
+        <w:t>МАЙ</w:t>
+      </w:r>
+      <w:r w:rsidR="003B626D" w:rsidRPr="009A4D38">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>УТВЕРЖДАЮ</w:t>
+        <w:t>-ИЮНЬ</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:ind w:firstLine="12049"/>
+      <w:r w:rsidR="00444A5B" w:rsidRPr="009A4D38">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...102 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">___________ </w:t>
-[...1139 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C06124">
-[...539 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="16302" w:type="dxa"/>
-        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblW w:w="16091" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1632"/>
+        <w:gridCol w:w="181"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="41"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="1379"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1064"/>
+        <w:gridCol w:w="211"/>
         <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="1701"/>
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="2196"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1559"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="5D6992FE" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="006E4D51" w:rsidRPr="009A4D38" w14:paraId="6FD84B8F" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69DAD1C9" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="64B04D85" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9ACC9E" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тема контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA8B96A" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цель контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06DE068E" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Объект контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAE308F" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вид </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B898F8D" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7754F780" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">етодика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A7DD31" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки выполне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDD65A8" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ния</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B91DB77" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответствен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="459D1A67" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AC7C5" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Место рассмотрения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="339EAF0D" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Управлен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еское</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69AE616F" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>решение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DCC5C0" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вто</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ич</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D9B3C33" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ный конт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77616E7B" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>роль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F5889" w:rsidRPr="009A4D38" w14:paraId="049F6B02" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="16091" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D795EC" w14:textId="77777777" w:rsidR="007F5889" w:rsidRPr="009A4D38" w:rsidRDefault="007F5889" w:rsidP="0098423F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КОНТРОЛЬ ЗА ВЫПОЛНЕНИЕМ НОРМАТИВНЫХ ДОКУМЕНТОВ И</w:t>
+            </w:r>
+            <w:r w:rsidR="0098423F" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ВЕДЕНИЕМ ШКОЛЬНОЙ ДОКУМЕНТАЦИИ СОГЛАСНО ТРЕБОВАНИЯМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w14:paraId="49B39199" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D8F142" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="007F5889" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07AC6066" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Состояние заполнения электронного журнала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFAE06C" w14:textId="49C780ED" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Определение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>прави</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, полноты, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>своевременно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сти</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, соответствия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>требо</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ваниям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заполнени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> электронного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>журна</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ла, выставления оценок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0580985B" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журнал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31619E1F" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фронтальный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FBD48C" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Персональный / и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зучение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>страниц электронного журнала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4015A4B3" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 неделя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="195C3674" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A1C84D" w14:textId="6AECC5B8" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="000010B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="368DE261" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="000010B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Совещание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при директоре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3263C0" w14:textId="7E723F2A" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Вы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грузка отчета о </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>запол</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нении</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журнала</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 раз в 2 недели.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3429B11D" w14:textId="4EB12E28" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Привлечение руководи</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телей МО и опытных вы</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сококвалифицированных педагогов для проверки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документов с целью выя</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нарушений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7C82D2" w14:textId="77777777" w:rsidR="00AC69BE" w:rsidRPr="009A4D38" w:rsidRDefault="00AC69BE" w:rsidP="007F5889">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="12BE4BAF" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E57639" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F521CD" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Проведение итоговой аттестации обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="081E9F0D" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="004B5097" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соблюдение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>требований к организации работы по подготовке и проведению итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C86694" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документация </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3813FFBA" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="724652BE" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классно-обобщающий / и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зучение документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE12A81" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя, 2 недели июня</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F28447E" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D8875D" w14:textId="0E0B7C2B" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCDE2B5" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Совещание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при директоре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="547F378F" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотрение на заседании методического объединения следующих вопросов: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8341E4" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- соответствие заданий целям обучения, - объём заданий, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5983929B" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- наличие инструкций для выполнения заданий, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="279C28CA" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- время выполнения, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CD5971D" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- особенности оценивания по языковым предметам по четырем видам </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>речвой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> деятельности (аудирование (слушание), говорение, чтение, письмо),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19130330" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- регламент оценивания навыков аудирования (слушания) и говорения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="096DFF24" w14:textId="4E6C79BF" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Усиление работы заместителей директора по учебной работе, координаторов по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>критериальному</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оцениванию, наставников (обучающие семинары, коучинги, индивидуальные и групповые консультации, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>взаимообучение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>взаи</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мопомощь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогов).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BE1AC1E" w14:textId="3287611D" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотрение на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>гическом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совете вопроса о подготовке к итоговой аттестации (ИА)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B94E2E5" w14:textId="6BD7DAA3" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение инструктажа для педагогов, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участвую</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>щих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в ИА, с целью </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>соб</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>людения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подхо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">да к проведению </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>экзаме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на, оцениванию работ, академической честности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D16FE4" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="5B81BD4A" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="16091" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54690215" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КОНТРОЛЬ ЗА КАЧЕСТВОМ УЧЕБНОГО ПРОЦЕССА</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="41FD2EFF" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B479BAC" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="252BDC85" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты качества обучения по итогам четверти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB7954A" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мониторинг результатов качества обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E6E97D" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Качество знаний за 1,2,3,4 четверти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C981D54" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A9ECD8" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анализ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BEFDF54" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C577096" w14:textId="17D660FC" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="0AAF0076" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186F785" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагоги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D278AA" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ческий совет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="426BF94F" w14:textId="340218C0" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассмотрение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>результа</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мониторинга и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ана</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лиза</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на заседании </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педа</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>гогическом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43482696" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="26D81907" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2900B2B2" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD42A23" w14:textId="14575EF4" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты сум</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мативного оцени</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вания по итогам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1,2,3,4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>четвертей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58614187" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диагностика учебных затруднений, выявление пробелов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="261BB674" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Работы СОР, СОЧ обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (выборочно), анализ СОР/СОЧ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="103354E3" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4C4CA7" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анализ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36256162" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5315C7B7" w14:textId="5F78A61A" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>Тема контроля</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="059B8C87" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методический совет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6AD0BD" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализ/протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD6B742" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47411539" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="1718BA56" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B44FBE8" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3080CF5F" w14:textId="74CBD1AF" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Реализация учеб</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ных курсов «Ос</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>новы</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>безопас</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ности жизнедея</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тельности» и «ПДД»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A02C0D" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Своевременная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>реализация учебных курсов «Основы безопасности жизнедеятельнос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» и «ПДД</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C6E5F0" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Обучающиеся 1-11 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="506FDB4A" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3C7B13" w14:textId="64BC0E7D" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Комплексно-обобщающий контроль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / проверка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документаци</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, наблюдение, опрос</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="214A75E6" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76B16CAE" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="1923DB14" w14:textId="0C7527B7" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0FA349CC" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.Д</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9847BD" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-              <w:t>Вид контроля</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методического совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6004DD59" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализ/протокол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3224234D" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
-[...233 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="35AC884F" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F60489" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="1A92E326" w14:textId="77777777" w:rsidTr="000F5EC8">
-[...7886 lines deleted...]
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="7CE3067B" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="6D4DE028" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7ABE7FC7" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="16091" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB1426C" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>III. КОНТРОЛЬ ЗА РАБОТОЙ ПО ВОСПОЛНЕНИЮ ПРОБЕЛОВ В ЗНАНИЯХ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...409 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>И ЗА РАБОТОЙ СО СЛАБОУСПЕВАЮЩИМИ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="1DEDF607" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="16F0E051" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+        </w:tblPrEx>
         <w:trPr>
+          <w:trHeight w:val="1214"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3BA389FC" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9D3DD7" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="0BF15FFE" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5A3CBF" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...48 lines deleted...]
-          <w:p w14:paraId="45FC45C6" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Состояние </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подготовительной работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЕНТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D9247B" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...80 lines deleted...]
-          <w:p w14:paraId="7A0DA71A" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диагностика результатов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пробных тестов по основным дисциплинам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63596C41" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="78D0790B" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11 класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="789AF731" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="70C08AB6" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C09FD1F" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="259661BA" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мониторинг пробного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, анализ результатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="564084DF" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="152FEEEB" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04364D89" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...92 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...718 lines deleted...]
-          <w:p w14:paraId="0D62A039" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3249312D" w14:textId="3FEDE033" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора по УР </w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.Д</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BA96D19" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="3CF04BDD" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="4DCB0902" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учителя-предметни</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="699B1FD2" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="01258306" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Совещание  при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директоре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20A083" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание материалов для самостоятельного изучения, тестов проверки знаний, в том числе с использованием интерактивных платформ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BAD101" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...176 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="29389087" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="23E45B39" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="97"/>
+          <w:trHeight w:val="1408"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="79CEC21C" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DA4BCF" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="0BF995D3" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9B0983" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аналитическая работа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по результатам проведённых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> СОР и СОЧ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC89ABE" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Обеспечение качества анализа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> СОР и СОЧ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для улучшения работы по восполнению пробелов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E52EAE" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A71A62">
-[...6 lines deleted...]
-              <w:t>езультат</w:t>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналиттческие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A71A62">
-[...50 lines deleted...]
-          <w:p w14:paraId="00F577A1" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отчёты у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чител</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- предметник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="513CCA3D" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="63FB02E6" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Те</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>матический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242757E9" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="2FAB203A" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронный журнал, анализ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14643FA4" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...114 lines deleted...]
-          <w:p w14:paraId="1EF40EC3" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EA40AE" w14:textId="04A81DAA" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="13E70CF6" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C045B4" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...753 lines deleted...]
-          <w:p w14:paraId="4862C0B6" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учителя-предметни</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="303ED2D9" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="752B9B1B" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EA5791" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="004B5097" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседание </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методическогосовета</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2E19C9" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мониторинг учебных достижений учащихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по отдельным предметам (исходя из качества знаний на предыдущем этапе обучения)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA01220" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="30586588" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="2265"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8C6E74" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48761C53" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7629813A" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ качества </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">знаний </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по итогам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> четверти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="314F8F8C" w14:textId="29A528BD" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Определение </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>эф</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фективности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей-предмет</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ников с учащимися-резервистами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>име</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ющими</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> одну «4», од</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ну «3» по</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>результа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>там четверти)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5442C2E7" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="203BF7FA" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37A5066A" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50F3ED1E" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38DC8538" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты учащихся группы резерва</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EEF8FB4" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4768EED7" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="251A6AA2" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017981BA" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фронтальный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D726AE1" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">анализ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197AF6F5" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Cambria"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10.06.-14.06.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D60E358" w14:textId="19D3BB20" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дирек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тора</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.Д</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учителя-предметни</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28FE69FE" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43350E40" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65708EB1" w14:textId="2636B142" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание методического совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1F11F1" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мониторинг учебных достижений учащихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по отдельным предметам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="050004C6" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC3D893" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="75761A7D" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="97"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="16091" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3BDC0F" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV. УЧЕБНО-ИССЛЕДОВАТЕЛЬСКАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="35DD593C" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE334F4" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D73651B" w14:textId="4F870415" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Повышение иссле</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>довательской культуры школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFAAF4C" w14:textId="060C67C5" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изуч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> эффекти</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вности работы творческих групп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0223E56F" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Работа творческих групп по поддержке исследова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3625793D" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тельской деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A8EF8E" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FAF5A0" w14:textId="6F6D13F5" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мониторинг методических продуктов творческих групп (нали</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чие, исполь</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зование дру</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гими педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гами, эффек</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тивность и польза)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BADC934" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="750C8DB4" w14:textId="48BAF870" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора по УР </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA52CF8" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="000010B3">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>седание методического совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB2C97" w14:textId="46A3A360" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты и а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нализ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работы, направленной на развитие исследовате</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>льской культуры школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BAA787E" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...217 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005557BB" w:rsidRPr="009A4D38" w14:paraId="491A21F1" w14:textId="77777777" w:rsidTr="000010B3">
+        <w:tblPrEx>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="16091" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B51603" w14:textId="77777777" w:rsidR="005557BB" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="005557BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...129 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КОНТРОЛЬ ЗА УРОВНЕМ МАСТЕРСТВА </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...40 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>И СОСТОЯНИЕМ МЕТОДИЧЕСКОЙ ГОТОВНОСТИ УЧИТЕЛЯ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="144B399C" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="007B07EA">
+    <w:p w14:paraId="0A9504E1" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="00005465">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...21 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009A4D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="16237" w:type="dxa"/>
-        <w:tblInd w:w="-365" w:type="dxa"/>
+        <w:tblW w:w="16019" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="141"/>
         <w:gridCol w:w="1985"/>
-        <w:gridCol w:w="992"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="7BDA4C25" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="00CF624D" w:rsidRPr="009A4D38" w14:paraId="314EA165" w14:textId="77777777" w:rsidTr="005557BB">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="703"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...559 lines deleted...]
-          <w:p w14:paraId="00A82C4B" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          </w:tcPr>
+          <w:p w14:paraId="11E8D58D" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="005557BB" w:rsidRDefault="005557BB" w:rsidP="00547192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4EB7EEAB" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          </w:tcPr>
+          <w:p w14:paraId="2C554356" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="014C0386" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Работа творческих/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исследовательских групп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E050E29" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Определение эффективности о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рганизаци</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проведени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Lesson</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> study с целью улучшения практики  педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FD2586" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Экспериментальная и научно-исследовательская работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C2FCBBF" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          </w:tcPr>
+          <w:p w14:paraId="44952500" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...45 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="30A854B3" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          </w:tcPr>
+          <w:p w14:paraId="6C1A7014" w14:textId="77777777" w:rsidR="000010B3" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...91 lines deleted...]
-          <w:p w14:paraId="128DFB0F" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Анкетирова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B947FF" w14:textId="09B47C8A" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="6BE52B4A" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ние</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="670BC7B1" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...110 lines deleted...]
-          <w:p w14:paraId="036F55BD" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наблюдение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F86ED3" w14:textId="77777777" w:rsidR="000010B3" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...72 lines deleted...]
-          <w:p w14:paraId="60C58757" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Собеседова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F8CB22" w14:textId="4D4AA713" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...290 lines deleted...]
-              <w:t>контроля</w:t>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ние</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...446 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="377A8187" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="6895BE87" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="005557BB" w:rsidRDefault="005557BB" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71C7DCAD" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="53BB1F74" w14:textId="2BADCF4E" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="000010B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по УР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адымова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000010B3" w:rsidRPr="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB279E2" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="000010B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание методического совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FABDA6" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итоги </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведения открытых </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уроков,  посещения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CF624D" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уроков учителей </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF624D" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF624D" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участие в школьных, районных НПК, олимпиадах, конкурсах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B69C160" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="2F4A6E62" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...35 lines deleted...]
-          <w:p w14:paraId="432C4256" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="557980CA" w14:textId="77777777" w:rsidR="00CF624D" w:rsidRPr="009A4D38" w:rsidRDefault="00CF624D" w:rsidP="00CF624D">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...227 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="6699B6F2" w14:textId="77777777" w:rsidTr="000F5EC8">
-[...2749 lines deleted...]
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="1AFFFA30" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="00005465" w:rsidRPr="009A4D38" w14:paraId="7E9DA474" w14:textId="77777777" w:rsidTr="005557BB">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:pStyle w:val="a4"/>
+            <w:tcW w:w="16019" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30927BA1" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...423 lines deleted...]
-              <w:t>Вторичный контроль</w:t>
+              <w:t>VI. КОНТРОЛЬ ЗА КАЧЕСТВОМ ВОСПИТАТЕЛЬНОГО ПРОЦЕССА, ПРОВЕДЕНИЕМ МЕРОПРИЯТИЙ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="6CE45FD5" w14:textId="77777777" w:rsidTr="000F5EC8">
-[...1 lines deleted...]
-          <w:trHeight w:val="1124"/>
+      <w:tr w:rsidR="00005465" w:rsidRPr="009A4D38" w14:paraId="3AA8514F" w14:textId="77777777" w:rsidTr="005557BB">
+        <w:tblPrEx>
           <w:jc w:val="center"/>
-        </w:trPr>
-[...647 lines deleted...]
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="7E01362A" w14:textId="77777777" w:rsidTr="000F5EC8">
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4C9021DA" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BAF599" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="506F8DB9" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0395B965" w14:textId="77777777" w:rsidR="00856B94" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="629CD0C4" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Взаимодей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F6CA103" w14:textId="5BF5E66D" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Качество работы триады школа-ученик-родитель</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ствие школы с семьей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2569ACEF" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Отслеживание связей между семьей и школой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="621C1EAE" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>абота</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>одител</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ями</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD1F733" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тематический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3501D1E2" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="71055CF4" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="21DDAD69" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>опросы, интервью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CBFF8A" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...154 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...374 lines deleted...]
-          <w:p w14:paraId="2285B1C2" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E173790" w14:textId="68689424" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="000010B3">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместител</w:t>
+            </w:r>
+            <w:r w:rsidR="005557BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBB4E7A" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="000010B3">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Заседа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBE7CE1" w14:textId="0F080CD0" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="000010B3">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ние штаба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C9A66C" w14:textId="2DE9EFF4" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Усиление методической работы с классными </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руко</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>водителями</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (обучающие семинары, совместная разработка родительских собраний, разнообразие форм работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>взаимодей</w:t>
+            </w:r>
+            <w:r w:rsidR="000010B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ствия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с родителями и т.д.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24023941" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Повышение вовлеченности родителей, родительского комитета в воспитательную работу класса и школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="045B390D" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="3311DE2C" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="00005465" w:rsidRPr="009A4D38" w14:paraId="6464A638" w14:textId="77777777" w:rsidTr="005557BB">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0F87EF88" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66441645" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="6CFCFB10" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D173559" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Проведение </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>классных</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="403879AB" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6680D4" w14:textId="12AE387D" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>требова</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ний</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> содержани</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ю</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> классного часа и внедрени</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ю</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> новых подходов к </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">воспитанию </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D693BA1" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработки классных часов в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69215791" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F294BD7" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фронтальный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51A05B7A" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="2E4F3BBE" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0FE246AB" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>посещение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, анализ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классных часов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, беседа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B3AA30" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="0098423F" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...695 lines deleted...]
-          <w:p w14:paraId="08D0D3A5" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7794B5D2" w14:textId="4CDE995C" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00856B94">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4E541BFC" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1036F2" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00856B94">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="0BC2717C" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Заседа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методического совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C18ACEB" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ методической работы с классными руководителями </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69AE8664" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3D885AD8" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67668E0E" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:jc w:val="center"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="23"/>
-      <w:tr w:rsidR="007B07EA" w:rsidRPr="00A71A62" w14:paraId="05AB92DF" w14:textId="77777777" w:rsidTr="000F5EC8">
+      <w:tr w:rsidR="00005465" w:rsidRPr="009A4D38" w14:paraId="77D8B500" w14:textId="77777777" w:rsidTr="005557BB">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4F84FF52" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0449AB35" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="3C43D59D" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1939C335" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Организация досуга обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1166C64C" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58028F82" w14:textId="0238F3E0" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Определение роли</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ро</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">в мотивации детей, посещающих дополнительные занятия </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>во внеурочное время и кружк</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A71A62">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75486476" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты опроса, уровень мотивации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7542F4D5" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фронтальный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED2186B" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          <w:p w14:paraId="24B773DC" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="4CFF8D4C" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изучение документа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CE488BA" w14:textId="30115ED8" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ции, интер</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вью, опросы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565E1E30" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B8F060" w14:textId="34598305" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00856B94">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместители директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Келгенбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EA8405" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="0098423F" w:rsidP="00856B94">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Совещание </w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при директоре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D77214" w14:textId="5D059A28" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Эффективная организация досуга обучающихся в орга</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>низациях</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общего среднего образования в летний пе</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>риод</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F40674C" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка плана работы пришкольного лагеря на основе изучения запросов учеников и родителей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C7962B" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005465" w:rsidRPr="009A4D38" w14:paraId="3B4ACC78" w14:textId="77777777" w:rsidTr="005557BB">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA4C8D8" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB9EC71" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень проведения спортивных секций и кружковой работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB0B36C" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Определение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соответствия программ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы кружка содержанию занятия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">диагностика затруднений в процессе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вовлечен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кружков и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>спортивных секций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E00031" w14:textId="54B35DB0" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Занятия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>спортив</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> секций и кружков, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>резуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>таты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>анкетиро</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="377415FE" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Фронтальный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="02DC80F1" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7C81F8" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="604B5958" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Анкетирование, интервью, диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7292F8FB" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="45AF5CDD" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B66B8FC" w14:textId="79B92406" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00856B94">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:rPr>
-[...21 lines deleted...]
-          <w:p w14:paraId="738A573C" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора по ВР</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED36280" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00856B94">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:rPr>
-[...13 lines deleted...]
-            </w:r>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Совещание при директоре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E76C93B" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение мониторинга удовлетворенности учеников и родителей работой спортивных секций и кружков</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E12924E" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2983AB2E" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00005465" w:rsidRPr="009A4D38" w14:paraId="04DAEB6D" w14:textId="77777777" w:rsidTr="005557BB">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F92D962" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAA4A82" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Привлечение обучающихся к управлению воспитательным процессом в организациях образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F94920" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение действенных </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Самархан</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>споо</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ривлечени</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся к воспитательному процессу, </w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">поддержки </w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>их активн</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ого</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участи</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="00005465" w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в мероприятиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="707719AD" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Система самоуправления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242105E0" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тематичес</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21EB17F3" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53029A3F" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нкетирова</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E43BFA" w14:textId="25705744" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ние, изуче</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ние планов, интервью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FDDBE89" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="005557BB" w:rsidP="00005465">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 неделя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFA6D1C" w14:textId="77777777" w:rsidR="00005465" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместители директора по ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Абылгазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Л.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E36A02" w14:textId="2405558D" w:rsidR="00856B94" w:rsidRPr="009A4D38" w:rsidRDefault="00856B94" w:rsidP="00005465">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Абылгазина</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Келгенбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...25 lines deleted...]
-          <w:p w14:paraId="1D41878B" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07669936" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание МО классных руководителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06104EDD" w14:textId="4C7B44F6" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ работы по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>привле</w:t>
+            </w:r>
+            <w:r w:rsidR="00856B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>ганизация</w:t>
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>чению</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A71A62">
-[...228 lines deleted...]
-          <w:p w14:paraId="1F150D4A" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="000F5EC8">
+            <w:r w:rsidRPr="009A4D38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся из группы риска по пропускам к общественной работе и к самоуправлению. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AAE2823" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="464694DD" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC9CD6F" w14:textId="77777777" w:rsidR="00005465" w:rsidRPr="009A4D38" w:rsidRDefault="00005465" w:rsidP="00005465">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:jc w:val="center"/>
-[...912 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Cambria" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58A5E774" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="007B07EA">
+    <w:p w14:paraId="5D866EBE" w14:textId="77777777" w:rsidR="006E4D51" w:rsidRPr="009A4D38" w:rsidRDefault="006E4D51" w:rsidP="006E4D51">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6FAD312B" w14:textId="77777777" w:rsidR="007B07EA" w:rsidRPr="00A71A62" w:rsidRDefault="007B07EA" w:rsidP="007B07EA">
+    <w:p w14:paraId="09534711" w14:textId="77777777" w:rsidR="004B2B55" w:rsidRPr="009A4D38" w:rsidRDefault="004B2B55">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FF0637E" w14:textId="77777777" w:rsidR="00062255" w:rsidRDefault="00062255"/>
-    <w:sectPr w:rsidR="00062255" w:rsidSect="007B07EA">
+    <w:sectPr w:rsidR="004B2B55" w:rsidRPr="009A4D38" w:rsidSect="006E4D51">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="567" w:right="720" w:bottom="426" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
-[...5 lines deleted...]
-      </w:pgBorders>
+      <w:pgMar w:top="567" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002535BA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007B07EA"/>
+    <w:rsidRoot w:val="00A65216"/>
+    <w:rsid w:val="000010B3"/>
+    <w:rsid w:val="000020F1"/>
+    <w:rsid w:val="00005465"/>
+    <w:rsid w:val="000B4D2C"/>
+    <w:rsid w:val="002326BF"/>
+    <w:rsid w:val="002B0911"/>
+    <w:rsid w:val="0034105E"/>
+    <w:rsid w:val="003774CC"/>
+    <w:rsid w:val="003B626D"/>
+    <w:rsid w:val="00444A5B"/>
+    <w:rsid w:val="004467B6"/>
+    <w:rsid w:val="004B2B55"/>
+    <w:rsid w:val="004B5097"/>
+    <w:rsid w:val="00502C92"/>
+    <w:rsid w:val="005239F7"/>
+    <w:rsid w:val="005339A8"/>
+    <w:rsid w:val="00547192"/>
+    <w:rsid w:val="005557BB"/>
+    <w:rsid w:val="00607A2C"/>
+    <w:rsid w:val="0061040F"/>
+    <w:rsid w:val="00653553"/>
+    <w:rsid w:val="006765F1"/>
+    <w:rsid w:val="006E4D51"/>
+    <w:rsid w:val="00741A39"/>
+    <w:rsid w:val="00786AD0"/>
+    <w:rsid w:val="00796995"/>
+    <w:rsid w:val="007D7F5A"/>
+    <w:rsid w:val="007F5889"/>
+    <w:rsid w:val="008114C8"/>
+    <w:rsid w:val="008271B0"/>
+    <w:rsid w:val="00856B94"/>
+    <w:rsid w:val="008B3EFD"/>
+    <w:rsid w:val="0098423F"/>
+    <w:rsid w:val="009A25F1"/>
+    <w:rsid w:val="009A4D38"/>
+    <w:rsid w:val="00A57B8F"/>
+    <w:rsid w:val="00A65216"/>
+    <w:rsid w:val="00AC69BE"/>
+    <w:rsid w:val="00AD166D"/>
+    <w:rsid w:val="00B3052A"/>
+    <w:rsid w:val="00B421AE"/>
+    <w:rsid w:val="00B63C05"/>
+    <w:rsid w:val="00B849E3"/>
+    <w:rsid w:val="00B935A1"/>
+    <w:rsid w:val="00BE6285"/>
+    <w:rsid w:val="00C2154D"/>
+    <w:rsid w:val="00C86BC5"/>
+    <w:rsid w:val="00CD0CFD"/>
+    <w:rsid w:val="00CF4250"/>
+    <w:rsid w:val="00CF624D"/>
+    <w:rsid w:val="00D26366"/>
+    <w:rsid w:val="00DC40BA"/>
+    <w:rsid w:val="00DD22F5"/>
+    <w:rsid w:val="00E07DD8"/>
+    <w:rsid w:val="00E3401A"/>
+    <w:rsid w:val="00E634F8"/>
+    <w:rsid w:val="00EE4548"/>
+    <w:rsid w:val="00F40622"/>
+    <w:rsid w:val="00F77E36"/>
+    <w:rsid w:val="00F837F3"/>
+    <w:rsid w:val="00FA57A6"/>
+    <w:rsid w:val="00FA6198"/>
+    <w:rsid w:val="00FD5123"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="08AB42A7"/>
+  <w14:docId w14:val="30B9CB0D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{79144A8E-C600-4B2E-8515-2B62C09A7665}"/>
+  <w15:docId w15:val="{2E163257-9152-4495-90A9-BEC146BB1A04}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23437,306 +10178,313 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="007B07EA"/>
+    <w:rsid w:val="006E4D51"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B07EA"/>
+    <w:rsid w:val="006E4D51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007B07EA"/>
+    <w:rsid w:val="006E4D51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B07EA"/>
+    <w:rsid w:val="003774CC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007B07EA"/>
+    <w:rsid w:val="003774CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:divs>
+    <w:div w:id="677468719">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1332484098">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1940288934">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -23847,55 +10595,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>16827</Characters>
+  <Pages>1</Pages>
+  <Words>1234</Words>
+  <Characters>7034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>140</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19740</CharactersWithSpaces>
+  <CharactersWithSpaces>8252</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Рахат Адымова</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>