--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -1,386 +1,804 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+    <w:p w:rsidR="003070D3" w:rsidRPr="003070D3" w:rsidRDefault="00B401D7" w:rsidP="003070D3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043219A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F2BD353" wp14:editId="1F56CF93">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56553924" wp14:editId="1E7DEB87">
             <wp:extent cx="1722324" cy="1581150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1026" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1724609" cy="1583248"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="0043219A">
+      <w:r w:rsidR="003070D3" w:rsidRPr="003070D3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="003070D3" w:rsidRPr="003070D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ОБЪЯВЛЕНИЕ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="00397649" w:rsidRDefault="00B401D7" w:rsidP="00CD624E">
+        <w:t>ХАБАРЛАМА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="003070D3" w:rsidP="003070D3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="360"/>
-[...63 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidSect="00936346">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="003070D3" w:rsidP="003070D3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пошталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> факс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ірлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5906" w:rsidRPr="003070D3" w:rsidRDefault="003070D3" w:rsidP="00B401D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласы білім бөлімінің «Березка» бөбекжайы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003070D3" w:rsidRDefault="003070D3" w:rsidP="00B401D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5906" w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD624E" w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 101606</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="003070D3" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шахан</w:t>
+      </w:r>
+      <w:r w:rsidR="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кенті</w:t>
+      </w:r>
+      <w:r w:rsidR="003070D3" w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  11/17 квартал</w:t>
+      </w:r>
+      <w:r w:rsidR="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25</w:t>
+      </w:r>
+      <w:r w:rsidR="003070D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғимарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043219A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w:rsidR="007B5906" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="007B5906" w:rsidRDefault="003070D3" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">КГКП  «Ясли-сад «Берёзка» отдела </w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0043219A">
-[...13 lines deleted...]
-        <w:t>азования Карагандинской области</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...108 lines deleted...]
-      <w:r w:rsidRPr="0043219A">
+      <w:r w:rsidR="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ошта</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="0043219A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00023791" w:rsidRPr="00023791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>shaht</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00023791" w:rsidRPr="00023791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
@@ -421,521 +839,800 @@
         </w:rPr>
         <w:t>09.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00023791" w:rsidRPr="00023791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...28 lines deleted...]
-      <w:r w:rsidR="00397649" w:rsidRPr="0043219A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Негiзгi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0043219A">
-[...6 lines deleted...]
-        <w:t>с обозначением основных функциональных обязанностей, размера и условий оплаты труда:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>функционалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мiндеттерiн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбекақы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мөлшерiн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шарттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметкерлердiң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атаулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+    <w:p w:rsidR="00B401D7" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">временная </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиеші </w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00CD624E" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уақытша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос орын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыкалық жетекшісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос орын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...32 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...34 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Тәрбиеші балаларды жас ерекшеліктеріне сәйкес тәрбиелейді және оқытады, білім беру әдістемелеріне, ТжКБ бағдарламалары мен жоспарларына сәйкес дамыту және оқыту сабақтарын өткізеді.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...17 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Денсаулық сақтау технологияларын қолдана отырып, балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, топтағы әрбір баланың денсаулығының жай-күйі мен нығаюын бақылайды, ұйымның медперсоналымен бірлесіп, балалардың денсаулығын нығайтуға, психофизикалық дамуына ықпал ететін кешенді іс-шараларды ұдайы жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Мектеп жасына дейінгі балалармен жұмыс істеудің тиісті кәсіби құзыреттеріне ие. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="002D0D08" w:rsidRDefault="00B401D7" w:rsidP="002D0D08">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Пәндік-дамытушылық ортаны қалыптастырады, балалардың іс-әрекетін басқарады (ойын, танымдық, мотор, бейнелеу, Еңбек және т.б.). Сабақтарды өткізуге дайындалу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Өз тобындағы әрбір балаға құрметпен және қамқорлықпен қарау, балалармен және олардың ата-аналарымен қарым-қатынаста ұстамдылық пен педагогикалық әдептілік таныту, білім алушылардың, тәрбиеленушілердің және олардың ата-аналарының немесе өзге де заңды өкілдерінің ар-намысы мен қадір-қасиетін құрметтеу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRDefault="009708AA" w:rsidP="009708AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>Размер заработной платы:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00764D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Компьютерлік сауаттылықты, ақпараттық-коммуникациялық құзыреттілікті меңгеру. Білім алушылар мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері бойынша ата-аналарға немесе өзге де заңды өкілдерге кеңес беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009708AA" w:rsidRPr="009708AA" w:rsidRDefault="009708AA" w:rsidP="009708AA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="009708AA" w:rsidP="00E415F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009708AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалақы мөлшері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidTr="00735FA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00735FA5">
+          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="009708AA" w:rsidP="00E415F1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Звено, ступень</w:t>
+              <w:t>Деңгей</w:t>
+            </w:r>
+            <w:r w:rsidR="00E415F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00735FA5">
+          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00E415F1" w:rsidP="00E415F1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00E415F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>В завистмости от выслуги лет</w:t>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сіңірген жылдарына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidTr="00735FA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00735FA5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1627,543 +2324,528 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>171626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+    <w:p w:rsidR="00E415F1" w:rsidRDefault="00E415F1" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...10 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қойылатын негізгі талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E415F1" w:rsidRPr="00E415F1" w:rsidRDefault="00E415F1" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог (санаты жоқ): тиісті салада педагогикалық кәсіптік білімі немесе жұмыс өтіліне қойылатын талаптар көрсетілмей, тиісті салада педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімін растайтын басқа құжаттың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00E415F1" w:rsidRDefault="00E415F1" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...70 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі керек</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E415F1" w:rsidRPr="00E415F1" w:rsidRDefault="00E415F1" w:rsidP="00E415F1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ҚР Конституцияс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы, ҚР Еңбек кодексі, «Білім туралы», «Педагог мәртебесі туралы», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас же</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мқорлыққа қарсы іс-қимыл туралы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР Заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын ҚР басқа да нормативтік-құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E415F1" w:rsidRPr="00E415F1" w:rsidRDefault="00E415F1" w:rsidP="00E415F1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...254 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Психология және педагогика, алғашқы дәрігерге дейінгі медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00E415F1" w:rsidRDefault="00E415F1" w:rsidP="00E415F1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...7 lines deleted...]
-        <w:t>Размер заработной платы:</w:t>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E415F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.2.Мектепке дейінгі білім беру ұйымының музыкалық жетекшісі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Музыкалық және басқа да мәдени-бұқаралық іс-шараларды ұйымдастырады және өткізеді, балалармен жеке жұмыс жүргізеді, музыкалық дарынды балаларды анықтайды.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Музыкалық аспапта орындау техникасын меңгерген. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Өзінің кәсіби шеберлігін, зерттеу, зияткерлік және шығармашылық деңгейін жетілдіреді, оның ішінде біліктілік санатының деңгейін кемінде бес жылда бір рет арттырады (растайды). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Балалармен жұмыс тәжірибесіне педагогикалық тәжірибені енгізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Диагностикалық әдістемені қолдана отырып, әр баланың музыкалық дамуына деңгейлік баға береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Компьютерлік сауаттылықты, ақпараттық-коммуникациялық құзыреттілікті меңгеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалақы мөлшері:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidTr="00735FA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00735FA5">
+          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B95FAB" w:rsidP="00735FA5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Звено, ступень</w:t>
+              <w:t xml:space="preserve">Деңгейі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00735FA5">
+          <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B95FAB" w:rsidP="00735FA5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0043219A">
+            <w:r w:rsidRPr="00E415F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>В завистмости от выслуги лет</w:t>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сіңірген жылдарына байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidTr="00735FA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00735FA5">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2853,814 +3535,1105 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>171626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0043219A">
-[...46 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00CD624E">
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="002D0D08" w:rsidRDefault="00B401D7" w:rsidP="002D0D08">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00CD624E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="00511ABA" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Педагог (санатсыз): тиісті бейін бойынша педагогикалық кәсіптік (музыкалық, педагогикалық) білімі немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік(музыкалық, педагогикалық) білімін растайтын, жұмыс өтіліне қойылатын талаптарды көздемей-ақ өзге де құжаты бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="002D0D08" w:rsidRDefault="00B401D7" w:rsidP="002D0D08">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Конкурс өткізу туралы хабарландыру соңғы жарияланғаннан кейінгі келесі күннен бастап есептелетін құжаттарды қабылдау мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRDefault="00B401D7" w:rsidP="00023791">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="426"/>
-        <w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудың басталу күні:</w:t>
+      </w:r>
+      <w:r w:rsidR="00764D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+      <w:r w:rsidR="00764D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тамыз </w:t>
+      </w:r>
+      <w:r w:rsidR="00023791" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="426"/>
-        <w:rPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудың аяқталу күні</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тамыз </w:t>
+      </w:r>
+      <w:r w:rsidR="00023791" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00023791">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша қоса беріліп отырған құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш (Қазақстан Республикасы Ағарту министрінің 2025 жылғы 31 наурыздағы № 57 және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2025 жылғы 31 наурыздағы № 96 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2025 жылғы 31 Наурызда № 35900 болып тіркелді)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...34 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұрғылықты мекен-жайы және байланыс телефондары көрсетілген-Бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) лауазымға қойылатын үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөнінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гі нұсқаулықтарды бекіту туралы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген 075/е нысаны бойынша денсаулық жағдайы туралы анықтама (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) психикалық мінез-құлық бұзылыстары бар науқастарды динамикалық байқаудың жоқтығы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00023791" w:rsidP="00023791">
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) наркологиялық науқастарды динамикалық байқаудың жоқтығы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...14 lines deleted...]
-      </w:r>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) жұмыс орнынан (педагог лауазымы бойынша), оқудан ұсыным хат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00764D98">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) болған жағдайда оның біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпарат (біліктілігін арттыру, ғылыми атақтар, ғылыми дәрежелер мен дәрежелер беру, ғылыми немесе әдістемелік Жарияланымдар, біліктілік санаттары туралы құжаттардың көшірмелері) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00023791">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="00023791" w:rsidRDefault="00B401D7" w:rsidP="00023791">
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды ұсыну орны, байланыс телефоны және конкурс өткізуді ұйымдастыруға жауапты тұлға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95FAB" w:rsidRPr="003070D3" w:rsidRDefault="00B95FAB" w:rsidP="00B95FAB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...22 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласы білім бөлімінің «Березка» бөбекжайы» КМҚК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5906" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w:rsidR="007B5906" w:rsidRDefault="007B5906" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5906" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,101606</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="0043219A" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахан </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кенті</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95FAB" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11/17</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квартал </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95FAB" w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғимарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00023791" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043219A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Пос. Шахан  квартал 11/17 здание 25</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B401D7" w:rsidRPr="00023791" w:rsidRDefault="00B401D7" w:rsidP="00B401D7">
+        <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023791" w:rsidRPr="00023791" w:rsidRDefault="00B95FAB" w:rsidP="00B401D7">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="0" w:firstLine="426"/>
-        <w:rPr>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00023791">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00023791">
-[...5 lines deleted...]
-        <w:t>.а</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00023791">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00023791">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ошта</w:t>
+      </w:r>
+      <w:r w:rsidR="00B401D7" w:rsidRPr="00023791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00023791" w:rsidRPr="00023791">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>shaht-do-7368@bilim09.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00023791" w:rsidRPr="009C32DA" w:rsidRDefault="00B401D7" w:rsidP="009C32DA">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00B401D7" w:rsidRPr="00B95FAB" w:rsidRDefault="00B95FAB" w:rsidP="00387FB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z240"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0043219A">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000525B5">
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>абылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>комиссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B95FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Асаинова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000525B5">
+      <w:r w:rsidRPr="00B95FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Динара </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000525B5">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00B95FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аманберли</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-    <w:sectPr w:rsidR="00023791" w:rsidRPr="009C32DA" w:rsidSect="00936346">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>евна.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00023791" w:rsidRDefault="00023791"/>
+    <w:sectPr w:rsidR="00023791" w:rsidSect="00B95FAB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="568" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -3976,62 +4949,63 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="77E90706"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5BFC2FBC"/>
-    <w:lvl w:ilvl="0" w:tplc="49581948">
+    <w:tmpl w:val="FB1293FA"/>
+    <w:lvl w:ilvl="0" w:tplc="4570424E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
+        <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -4080,76 +5054,79 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B401D7"/>
     <w:rsid w:val="00001C3C"/>
     <w:rsid w:val="00023791"/>
     <w:rsid w:val="000525B5"/>
-    <w:rsid w:val="002D0D08"/>
+    <w:rsid w:val="003070D3"/>
     <w:rsid w:val="00387FB0"/>
     <w:rsid w:val="00397649"/>
     <w:rsid w:val="00511ABA"/>
+    <w:rsid w:val="00764D98"/>
     <w:rsid w:val="007B5906"/>
     <w:rsid w:val="00812E5C"/>
-    <w:rsid w:val="009C32DA"/>
+    <w:rsid w:val="009708AA"/>
     <w:rsid w:val="00B03A6B"/>
     <w:rsid w:val="00B401D7"/>
+    <w:rsid w:val="00B95FAB"/>
     <w:rsid w:val="00CD624E"/>
     <w:rsid w:val="00D54660"/>
+    <w:rsid w:val="00E415F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4725,57 +5702,73 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B401D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1708948327">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shaht-do-7368@bilim09.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shaht-do-7368@bilim09.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5019,70 +6012,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6A91610-AAED-412A-A0C7-4C3A17E6F5EE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1121</Words>
-  <Characters>6390</Characters>
+  <Words>1080</Words>
+  <Characters>6161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7497</CharactersWithSpaces>
+  <CharactersWithSpaces>7227</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>